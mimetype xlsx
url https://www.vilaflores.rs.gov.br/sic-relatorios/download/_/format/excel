--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -12,104 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
-[...1 lines deleted...]
-    <t>Total de Atendimentos: 8</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+  <si>
+    <t>Total de Atendimentos: 10</t>
   </si>
   <si>
     <t>ANDAMENTO</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Inviável/Indeferida</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>Aguarda Informações Complementares</t>
   </si>
   <si>
+    <t>Atendida</t>
+  </si>
+  <si>
+    <t>80%</t>
+  </si>
+  <si>
     <t>Em Atendimento</t>
   </si>
   <si>
-    <t>Atendida</t>
+    <t>20%</t>
+  </si>
+  <si>
+    <t>TIPO DE SOLICITANTE</t>
+  </si>
+  <si>
+    <t>Servidor Público</t>
+  </si>
+  <si>
+    <t>Representante de Instituição</t>
+  </si>
+  <si>
+    <t>Membro de Controle Interno</t>
+  </si>
+  <si>
+    <t>Jornalista</t>
+  </si>
+  <si>
+    <t>Estudante</t>
+  </si>
+  <si>
+    <t>Agente Político</t>
+  </si>
+  <si>
+    <t>Outros</t>
   </si>
   <si>
     <t>100%</t>
-  </si>
-[...22 lines deleted...]
-    <t>Outros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -468,153 +474,153 @@
         <v>4</v>
       </c>
       <c r="B3" s="1">
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" customHeight="1" ht="40">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" customHeight="1" ht="40">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3" customHeight="1" ht="40">
       <c r="A6" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B6" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3" customHeight="1" ht="30">
       <c r="A8" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3" customHeight="1" ht="40">
       <c r="A9" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B9" s="1">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" customHeight="1" ht="40">
       <c r="A10" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B10" s="1">
         <v>0</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" customHeight="1" ht="40">
       <c r="A11" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B11" s="1">
         <v>0</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" customHeight="1" ht="40">
       <c r="A12" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B12" s="1">
         <v>0</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" customHeight="1" ht="40">
       <c r="A13" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13" s="1">
         <v>0</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" customHeight="1" ht="40">
       <c r="A14" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B14" s="1">
         <v>0</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" customHeight="1" ht="40">
       <c r="A15" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B15" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>