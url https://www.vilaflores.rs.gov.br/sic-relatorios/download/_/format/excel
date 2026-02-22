--- v1 (2025-12-16)
+++ v2 (2026-02-22)
@@ -12,110 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Total de Atendimentos: 10</t>
   </si>
   <si>
     <t>ANDAMENTO</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Inviável/Indeferida</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>Aguarda Informações Complementares</t>
   </si>
   <si>
+    <t>Em Atendimento</t>
+  </si>
+  <si>
     <t>Atendida</t>
   </si>
   <si>
-    <t>80%</t>
-[...5 lines deleted...]
-    <t>20%</t>
+    <t>100%</t>
   </si>
   <si>
     <t>TIPO DE SOLICITANTE</t>
   </si>
   <si>
     <t>Servidor Público</t>
   </si>
   <si>
     <t>Representante de Instituição</t>
   </si>
   <si>
     <t>Membro de Controle Interno</t>
   </si>
   <si>
     <t>Jornalista</t>
   </si>
   <si>
     <t>Estudante</t>
   </si>
   <si>
     <t>Agente Político</t>
   </si>
   <si>
     <t>Outros</t>
-  </si>
-[...1 lines deleted...]
-    <t>100%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -474,153 +468,153 @@
         <v>4</v>
       </c>
       <c r="B3" s="1">
         <v>0</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" customHeight="1" ht="40">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1">
         <v>0</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3" customHeight="1" ht="40">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3" customHeight="1" ht="40">
       <c r="A6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="1">
+        <v>5</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3" customHeight="1" ht="30">
       <c r="A8" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:3" customHeight="1" ht="40">
       <c r="A9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B9" s="1">
         <v>0</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3" customHeight="1" ht="40">
       <c r="A10" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B10" s="1">
         <v>0</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3" customHeight="1" ht="40">
       <c r="A11" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B11" s="1">
         <v>0</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3" customHeight="1" ht="40">
       <c r="A12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B12" s="1">
         <v>0</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" customHeight="1" ht="40">
       <c r="A13" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13" s="1">
         <v>0</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" customHeight="1" ht="40">
       <c r="A14" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B14" s="1">
         <v>0</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3" customHeight="1" ht="40">
       <c r="A15" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B15" s="1">
         <v>5</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>